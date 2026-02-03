--- v0 (2025-12-15)
+++ v1 (2026-02-03)
@@ -192,98 +192,101 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E1657">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>CERTIFICO</w:t>
       </w:r>
       <w:r w:rsidR="00E412A4" w:rsidRPr="004E1657">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D316824" w14:textId="4A15857B" w:rsidR="00186E58" w:rsidRPr="002D1D76" w:rsidRDefault="004E1657" w:rsidP="004E1657">
+    <w:p w14:paraId="1D316824" w14:textId="2A56A5D6" w:rsidR="00186E58" w:rsidRPr="002D1D76" w:rsidRDefault="004E1657" w:rsidP="004E1657">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Que</w:t>
       </w:r>
       <w:r w:rsidR="00266151">
         <w:t>, de conformidad con</w:t>
       </w:r>
       <w:r w:rsidR="00774DBC">
         <w:t xml:space="preserve"> los documentos que</w:t>
       </w:r>
       <w:r w:rsidR="002D1D76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00774DBC">
-        <w:t>obran en las dependencias municipales</w:t>
+        <w:t xml:space="preserve">obran en las dependencias </w:t>
+      </w:r>
+      <w:r w:rsidR="00B313E3">
+        <w:t>de esta entidad</w:t>
       </w:r>
       <w:r w:rsidR="00AF261A">
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:r w:rsidR="001E5FC7">
         <w:t xml:space="preserve">tras la </w:t>
       </w:r>
       <w:r w:rsidR="00AF261A">
-        <w:t>consulta del inventario de bienes de est</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">consulta del inventario de bienes de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B313E3">
+        <w:t>la misma</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00AF261A">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DF3964">
         <w:t>figura</w:t>
       </w:r>
-      <w:r w:rsidR="00F275F4">
+      <w:r w:rsidR="00DC56DD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF3964">
         <w:t>inscrit</w:t>
       </w:r>
       <w:r w:rsidR="00CC4DA6">
         <w:t>o</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D1677C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00AF261A">
         <w:t xml:space="preserve"> con el </w:t>
       </w:r>
       <w:r w:rsidRPr="00550C79">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidR="00186E58">
         <w:rPr>
           <w:i/>
@@ -470,51 +473,51 @@
     </w:p>
     <w:p w14:paraId="2414F068" w14:textId="1FA45D0F" w:rsidR="006F2159" w:rsidRPr="002C47BA" w:rsidRDefault="006F2159" w:rsidP="002C47BA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C47BA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
         </w:rPr>
         <w:t>Inscripción en el registro de la propiedad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32AAA6E7" w14:textId="77777777" w:rsidR="002D1D76" w:rsidRDefault="002D1D76" w:rsidP="004E1657">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F642237" w14:textId="051B6903" w:rsidR="004E1657" w:rsidRDefault="004E1657" w:rsidP="004E1657">
+    <w:p w14:paraId="5F642237" w14:textId="78FC58C0" w:rsidR="004E1657" w:rsidRDefault="004E1657" w:rsidP="004E1657">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000231AB">
         <w:t xml:space="preserve">Y para que así conste, a efectos de </w:t>
       </w:r>
       <w:r w:rsidR="00913B96">
         <w:t>acreditar la titularidad pública del inmueble</w:t>
       </w:r>
       <w:r w:rsidR="00A610BD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E40A53">
         <w:t>y la solicitud de</w:t>
       </w:r>
       <w:r w:rsidR="00502920">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B363CD">
         <w:t>ayuda</w:t>
@@ -545,75 +548,84 @@
       </w:r>
       <w:r w:rsidRPr="000231AB">
         <w:t xml:space="preserve"> por </w:t>
       </w:r>
       <w:r>
         <w:t>D/</w:t>
       </w:r>
       <w:r w:rsidR="00DF3964" w:rsidRPr="00C1483D">
         <w:t>Dña.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C1483D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___nombre y apellidos__</w:t>
       </w:r>
       <w:r w:rsidRPr="000231AB">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C47BA">
-        <w:t xml:space="preserve">con el visto bueno del </w:t>
-[...8 lines deleted...]
-        <w:t>lcalde</w:t>
+        <w:t xml:space="preserve">con el visto bueno </w:t>
+      </w:r>
+      <w:r w:rsidR="00C67A71">
+        <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="00670892">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E1657">
         <w:rPr>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
+      <w:r w:rsidR="007A5785">
+        <w:rPr>
+          <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">máximo </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C1483D">
         <w:rPr>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
         </w:rPr>
         <w:t>responsable legal de la entidad/etc.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C67A71">
+        <w:rPr>
+          <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C67A71" w:rsidRPr="00C67A71">
+        <w:t>de</w:t>
       </w:r>
       <w:r w:rsidRPr="000231AB">
         <w:rPr>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A505AB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
         </w:rPr>
         <w:t>___nombre de la entidad___</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60DC4B9F" w14:textId="77777777" w:rsidR="00616935" w:rsidRDefault="00616935" w:rsidP="004E1657">
@@ -1087,117 +1099,117 @@
                         <w:t>Secretario/Secretario interventor</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006A2CF4" w:rsidSect="0034349D">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2268" w:right="1196" w:bottom="426" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BF51A41" w14:textId="77777777" w:rsidR="00F309DF" w:rsidRDefault="00F309DF" w:rsidP="00AF6DB4">
+    <w:p w14:paraId="23CC4A54" w14:textId="77777777" w:rsidR="0049737D" w:rsidRDefault="0049737D" w:rsidP="00AF6DB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01EC21FC" w14:textId="77777777" w:rsidR="00F309DF" w:rsidRDefault="00F309DF" w:rsidP="00AF6DB4">
+    <w:p w14:paraId="5C511221" w14:textId="77777777" w:rsidR="0049737D" w:rsidRDefault="0049737D" w:rsidP="00AF6DB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C81F8FF" w14:textId="77777777" w:rsidR="00F309DF" w:rsidRDefault="00F309DF" w:rsidP="00AF6DB4">
+    <w:p w14:paraId="5942B9F1" w14:textId="77777777" w:rsidR="0049737D" w:rsidRDefault="0049737D" w:rsidP="00AF6DB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32547DC8" w14:textId="77777777" w:rsidR="00F309DF" w:rsidRDefault="00F309DF" w:rsidP="00AF6DB4">
+    <w:p w14:paraId="20793F24" w14:textId="77777777" w:rsidR="0049737D" w:rsidRDefault="0049737D" w:rsidP="00AF6DB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="05BFAE1D" w14:textId="772FB377" w:rsidR="00E67E99" w:rsidRDefault="00E67E99">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Nombre y apellidos del Secretario o interventor</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
@@ -1333,51 +1345,51 @@
                       <w:t>MEMBRETE DE ENTIDAD CORRESPONDIENTE</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="682C9559" w14:textId="61FFFEB6" w:rsidR="0034349D" w:rsidRPr="00094D18" w:rsidRDefault="0034349D" w:rsidP="0034349D">
                     <w:pPr>
                       <w:rPr>
                         <w:i/>
                         <w:iCs/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00364EA6"/>
@@ -1405,137 +1417,145 @@
     <w:rsid w:val="001E5FC7"/>
     <w:rsid w:val="00242323"/>
     <w:rsid w:val="00250765"/>
     <w:rsid w:val="002528AF"/>
     <w:rsid w:val="00264E1B"/>
     <w:rsid w:val="00266151"/>
     <w:rsid w:val="002861B8"/>
     <w:rsid w:val="002A1ABF"/>
     <w:rsid w:val="002C3BE7"/>
     <w:rsid w:val="002C47BA"/>
     <w:rsid w:val="002D1D76"/>
     <w:rsid w:val="002D25C6"/>
     <w:rsid w:val="003044C6"/>
     <w:rsid w:val="0034349D"/>
     <w:rsid w:val="00355883"/>
     <w:rsid w:val="00364EA6"/>
     <w:rsid w:val="00367390"/>
     <w:rsid w:val="00381E5D"/>
     <w:rsid w:val="00387408"/>
     <w:rsid w:val="003C06D1"/>
     <w:rsid w:val="003F5830"/>
     <w:rsid w:val="00432223"/>
     <w:rsid w:val="00445C1C"/>
     <w:rsid w:val="0048015D"/>
     <w:rsid w:val="00493254"/>
+    <w:rsid w:val="0049737D"/>
     <w:rsid w:val="004E1657"/>
     <w:rsid w:val="004F03C4"/>
     <w:rsid w:val="00502920"/>
     <w:rsid w:val="00506A7D"/>
     <w:rsid w:val="00516F6C"/>
     <w:rsid w:val="00550C79"/>
     <w:rsid w:val="005663F8"/>
     <w:rsid w:val="005908CD"/>
     <w:rsid w:val="00594789"/>
     <w:rsid w:val="005A6C38"/>
     <w:rsid w:val="005C65D7"/>
     <w:rsid w:val="00615634"/>
     <w:rsid w:val="00616935"/>
     <w:rsid w:val="006328C0"/>
     <w:rsid w:val="00670892"/>
     <w:rsid w:val="00680F22"/>
     <w:rsid w:val="006A2CF4"/>
     <w:rsid w:val="006F2159"/>
     <w:rsid w:val="0071658A"/>
     <w:rsid w:val="00741DF1"/>
     <w:rsid w:val="00747DCD"/>
     <w:rsid w:val="00774DBC"/>
     <w:rsid w:val="007A0EB9"/>
+    <w:rsid w:val="007A5785"/>
     <w:rsid w:val="007C0841"/>
     <w:rsid w:val="00800D8E"/>
     <w:rsid w:val="00815D30"/>
     <w:rsid w:val="00837435"/>
     <w:rsid w:val="00846BB1"/>
     <w:rsid w:val="008473E7"/>
     <w:rsid w:val="00852960"/>
     <w:rsid w:val="008653B6"/>
     <w:rsid w:val="008A55BD"/>
     <w:rsid w:val="00913B96"/>
     <w:rsid w:val="00953D22"/>
     <w:rsid w:val="009631AB"/>
     <w:rsid w:val="00972D0B"/>
     <w:rsid w:val="009B31E5"/>
     <w:rsid w:val="009D651D"/>
     <w:rsid w:val="009F4A50"/>
     <w:rsid w:val="009F4B38"/>
     <w:rsid w:val="00A505AB"/>
     <w:rsid w:val="00A610BD"/>
     <w:rsid w:val="00A7259A"/>
     <w:rsid w:val="00AB12EF"/>
+    <w:rsid w:val="00AC730F"/>
     <w:rsid w:val="00AF261A"/>
     <w:rsid w:val="00AF6DB4"/>
     <w:rsid w:val="00B06643"/>
     <w:rsid w:val="00B1626E"/>
     <w:rsid w:val="00B203BC"/>
+    <w:rsid w:val="00B313E3"/>
     <w:rsid w:val="00B363CD"/>
     <w:rsid w:val="00B45CAE"/>
     <w:rsid w:val="00B514CD"/>
     <w:rsid w:val="00B53796"/>
     <w:rsid w:val="00B64647"/>
     <w:rsid w:val="00B664E7"/>
     <w:rsid w:val="00B8790A"/>
     <w:rsid w:val="00BC4DA6"/>
     <w:rsid w:val="00BC63B0"/>
     <w:rsid w:val="00BD5079"/>
     <w:rsid w:val="00C1483D"/>
     <w:rsid w:val="00C24D91"/>
     <w:rsid w:val="00C40320"/>
     <w:rsid w:val="00C42DAA"/>
     <w:rsid w:val="00C518CF"/>
+    <w:rsid w:val="00C67A71"/>
     <w:rsid w:val="00CC4DA6"/>
     <w:rsid w:val="00D1677C"/>
     <w:rsid w:val="00D21008"/>
     <w:rsid w:val="00D52338"/>
     <w:rsid w:val="00D652CB"/>
     <w:rsid w:val="00D95290"/>
     <w:rsid w:val="00DB6477"/>
+    <w:rsid w:val="00DC56DD"/>
     <w:rsid w:val="00DF3964"/>
     <w:rsid w:val="00E064EA"/>
     <w:rsid w:val="00E160FA"/>
     <w:rsid w:val="00E17F94"/>
     <w:rsid w:val="00E243F0"/>
     <w:rsid w:val="00E32B60"/>
     <w:rsid w:val="00E40A53"/>
     <w:rsid w:val="00E412A4"/>
     <w:rsid w:val="00E46A64"/>
+    <w:rsid w:val="00E525A5"/>
     <w:rsid w:val="00E6068D"/>
     <w:rsid w:val="00E67E99"/>
     <w:rsid w:val="00E8437A"/>
     <w:rsid w:val="00EF2DFA"/>
     <w:rsid w:val="00F0098A"/>
     <w:rsid w:val="00F275F4"/>
     <w:rsid w:val="00F309DF"/>
+    <w:rsid w:val="00F55A93"/>
     <w:rsid w:val="00F717F4"/>
     <w:rsid w:val="00F9020E"/>
     <w:rsid w:val="00FA3CE4"/>
     <w:rsid w:val="00FC4A9A"/>
     <w:rsid w:val="00FF2148"/>
     <w:rsid w:val="0CD99381"/>
     <w:rsid w:val="2790D91C"/>
     <w:rsid w:val="2B214222"/>
     <w:rsid w:val="3140C264"/>
     <w:rsid w:val="318663F3"/>
     <w:rsid w:val="348F1B88"/>
     <w:rsid w:val="4B179A24"/>
     <w:rsid w:val="4EB24A54"/>
     <w:rsid w:val="4FFC74B4"/>
     <w:rsid w:val="56F09BB3"/>
     <w:rsid w:val="57ED3231"/>
     <w:rsid w:val="5F0C4642"/>
     <w:rsid w:val="74D97C0C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -3001,166 +3021,142 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...24 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d99f44ff-43c4-4920-9d4a-00ebf0b94644" xmlns:ns3="e049755f-6f28-46c9-a6d6-96c3edf2dd1e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ebd733550cab7fca71de9597ae035bf4" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100F785E928B427BB4C9E5B806265DE74F1" ma:contentTypeVersion="16" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="1f95fec6808376dbcca42c70ce7e8de0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d99f44ff-43c4-4920-9d4a-00ebf0b94644" xmlns:ns3="e049755f-6f28-46c9-a6d6-96c3edf2dd1e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c3609e2c74ac34a6a83b19988dfd3f30" ns2:_="" ns3:_="">
     <xsd:import namespace="d99f44ff-43c4-4920-9d4a-00ebf0b94644"/>
     <xsd:import namespace="e049755f-6f28-46c9-a6d6-96c3edf2dd1e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d99f44ff-43c4-4920-9d4a-00ebf0b94644" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Compartido con" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Detalles de uso compartido" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3f6504d5-2943-49ec-98e3-1230df5d054f}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d99f44ff-43c4-4920-9d4a-00ebf0b94644">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e049755f-6f28-46c9-a6d6-96c3edf2dd1e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0ed6521e-12c7-4641-a58b-d6f58964e6ac" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Etiquetas de imagen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0ed6521e-12c7-4641-a58b-d6f58964e6ac" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
@@ -3175,52 +3171,52 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo de contenido"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Título"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -3265,111 +3261,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="d99f44ff-43c4-4920-9d4a-00ebf0b94644" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e049755f-6f28-46c9-a6d6-96c3edf2dd1e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3F0C86F-49F5-4945-931C-35DB590ABD22}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5AF2BD6-B259-4305-A87C-14BC38C1C6D7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FBD30F7-D986-4A24-A9B1-D2B6E9D9F0EC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d99f44ff-43c4-4920-9d4a-00ebf0b94644"/>
     <ds:schemaRef ds:uri="e049755f-6f28-46c9-a6d6-96c3edf2dd1e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47BE6BF9-3018-4649-9EF6-1DB7DA286151}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>179</Words>
-  <Characters>990</Characters>
+  <Characters>987</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1167</CharactersWithSpaces>
+  <CharactersWithSpaces>1164</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sánchez Sánchez Paloma</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F785E928B427BB4C9E5B806265DE74F1</vt:lpwstr>
   </property>