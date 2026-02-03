--- v0 (2025-12-15)
+++ v1 (2026-02-03)
@@ -35,51 +35,51 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">MODELO DE </w:t>
       </w:r>
       <w:r w:rsidR="00DE7A0F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DECLARACIÓN RESPONSABLE CUMPLIMIENTO ART 13.2 LEY GENERAL DE SUBVENCIONES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="370BAEDE" w14:textId="77777777" w:rsidR="0034349D" w:rsidRDefault="0034349D" w:rsidP="00A7259A">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45C68E2D" w14:textId="04132F01" w:rsidR="00506A7D" w:rsidRPr="00E17F94" w:rsidRDefault="00AF6DB4" w:rsidP="00A7259A">
       <w:pPr>
-        <w:pStyle w:val="Textonotapie"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2620"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk208838227"/>
       <w:r w:rsidRPr="4B179A24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D./</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4B179A24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dña</w:t>
@@ -112,51 +112,51 @@
         </w:rPr>
         <w:t>representante legal</w:t>
       </w:r>
       <w:r w:rsidR="4EB24A54" w:rsidRPr="4B179A24">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> y cargo</w:t>
       </w:r>
       <w:r w:rsidRPr="4B179A24">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidRPr="4B179A24">
         <w:rPr>
-          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="4B179A24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, en</w:t>
       </w:r>
       <w:r w:rsidR="00130D48" w:rsidRPr="4B179A24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="4B179A24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>representación</w:t>
@@ -172,51 +172,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="00130D48" w:rsidRPr="4B179A24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00130D48" w:rsidRPr="4B179A24">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>___nombre de la entidad___</w:t>
       </w:r>
       <w:r w:rsidRPr="4B179A24">
         <w:rPr>
-          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidR="00130D48" w:rsidRPr="4B179A24">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="4B179A24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>con</w:t>
       </w:r>
       <w:r w:rsidR="002861B8" w:rsidRPr="4B179A24">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -284,51 +284,51 @@
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="74D97C0C" w:rsidRPr="4B179A24">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NIF</w:t>
       </w:r>
       <w:r w:rsidR="002861B8" w:rsidRPr="4B179A24">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la entidad___</w:t>
       </w:r>
       <w:r w:rsidRPr="4B179A24">
         <w:rPr>
-          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidRPr="4B179A24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> con capacidad legal necesaria en virtud de</w:t>
       </w:r>
       <w:r w:rsidR="002861B8" w:rsidRPr="4B179A24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C40320" w:rsidRPr="4B179A24">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
@@ -337,125 +337,189 @@
         </w:rPr>
         <w:t>___norma</w:t>
       </w:r>
       <w:r w:rsidR="00B61B17">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/documento acreditativo</w:t>
       </w:r>
       <w:r w:rsidR="00C40320" w:rsidRPr="4B179A24">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidR="00C40320" w:rsidRPr="4B179A24">
         <w:rPr>
-          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="4B179A24">
         <w:rPr>
-          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidR="00506A7D" w:rsidRPr="4B179A24">
         <w:rPr>
-          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00506A7D" w:rsidRPr="4B179A24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> y habiendo solicitado la subvención en el marco del Programa 2% Cultural.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="71A69CA0" w14:textId="77777777" w:rsidR="00C706A3" w:rsidRDefault="00C706A3" w:rsidP="00C706A3">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FD39BFD" w14:textId="77777777" w:rsidR="00C706A3" w:rsidRDefault="00C706A3" w:rsidP="00C706A3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DECLARO RESPONSABLEMENTE:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1414081D" w14:textId="7F7051DE" w:rsidR="00C706A3" w:rsidRPr="009030F1" w:rsidRDefault="00C706A3" w:rsidP="00C706A3">
+    <w:p w14:paraId="1414081D" w14:textId="05D41C35" w:rsidR="00C706A3" w:rsidRPr="009030F1" w:rsidRDefault="00C706A3" w:rsidP="00C706A3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2620"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009030F1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Que la entidad que presido no se encuentra incursa en ninguna de las prohibiciones para obtener la condición de beneficiario de la subvención de Ayudas para financiar Trabajos de conservación o enriquecimiento de bienes inmuebles del Patrimonio Histórico Español, dentro del programa 2% Cultural del </w:t>
+        <w:t xml:space="preserve">Que la entidad </w:t>
+      </w:r>
+      <w:r w:rsidR="004B697F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>a la que represento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009030F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no se encuentra incursa en ninguna de las prohibiciones para obtener la condición de beneficiari</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC7D0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009030F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la subvención de </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC7D0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009030F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">yudas para financiar </w:t>
+      </w:r>
+      <w:r w:rsidR="00C24D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009030F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rabajos de conservación o enriquecimiento de bienes inmuebles del Patrimonio Histórico Español, dentro del programa 2% Cultural del </w:t>
       </w:r>
       <w:r w:rsidR="004B3C38">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="009030F1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>inisterio de Vivienda y Agenda Urbana, establecidas por el artículo 13.2 de la Ley 38/2003, de 17 de noviembre, General de Subvenciones y en cumplimiento de lo establecido en los artículos 26 y 27 del Reglamento de Subvenciones, aprobado por Real Decreto 887/2006, de 21 de julio</w:t>
       </w:r>
       <w:r w:rsidR="00BA1EEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -760,208 +824,210 @@
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="3C7B281C" w14:textId="77777777" w:rsidR="006A2CF4" w:rsidRDefault="006A2CF4"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006A2CF4" w:rsidSect="0034349D">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2268" w:right="1196" w:bottom="426" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F42D05D" w14:textId="77777777" w:rsidR="00956735" w:rsidRDefault="00956735" w:rsidP="00AF6DB4">
+    <w:p w14:paraId="378A7A51" w14:textId="77777777" w:rsidR="00627366" w:rsidRDefault="00627366" w:rsidP="00AF6DB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5083D537" w14:textId="77777777" w:rsidR="00956735" w:rsidRDefault="00956735" w:rsidP="00AF6DB4">
+    <w:p w14:paraId="03293C0C" w14:textId="77777777" w:rsidR="00627366" w:rsidRDefault="00627366" w:rsidP="00AF6DB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69624EF8" w14:textId="77777777" w:rsidR="00956735" w:rsidRDefault="00956735" w:rsidP="00AF6DB4">
+    <w:p w14:paraId="66DD7947" w14:textId="77777777" w:rsidR="00627366" w:rsidRDefault="00627366" w:rsidP="00AF6DB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D311061" w14:textId="77777777" w:rsidR="00956735" w:rsidRDefault="00956735" w:rsidP="00AF6DB4">
+    <w:p w14:paraId="7F31E2F7" w14:textId="77777777" w:rsidR="00627366" w:rsidRDefault="00627366" w:rsidP="00AF6DB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="05687620" w14:textId="77777777" w:rsidR="00AF6DB4" w:rsidRDefault="00AF6DB4" w:rsidP="4B179A24">
       <w:pPr>
-        <w:pStyle w:val="Textonotapie"/>
+        <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r w:rsidRPr="4B179A24">
         <w:rPr>
-          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidR="4B179A24" w:rsidRPr="4B179A24">
         <w:t xml:space="preserve"> Indicar nombre y cargo de la persona que firma</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="13885F47" w14:textId="77777777" w:rsidR="00AF6DB4" w:rsidRDefault="00AF6DB4" w:rsidP="4B179A24">
       <w:pPr>
-        <w:pStyle w:val="Textonotapie"/>
+        <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r w:rsidRPr="4B179A24">
         <w:rPr>
-          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidR="4B179A24" w:rsidRPr="4B179A24">
         <w:t xml:space="preserve"> Señalar nombre de la Entidad que ha solicitado la ayuda</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="71BBDC5D" w14:textId="77777777" w:rsidR="00AF6DB4" w:rsidRDefault="00AF6DB4" w:rsidP="4B179A24">
       <w:pPr>
-        <w:pStyle w:val="Textonotapie"/>
+        <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r w:rsidRPr="4B179A24">
         <w:rPr>
-          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidR="4B179A24" w:rsidRPr="4B179A24">
         <w:t xml:space="preserve"> NIF de la entidad solicitante y representada</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="4F01D71E" w14:textId="77777777" w:rsidR="00AF6DB4" w:rsidRPr="00A9612C" w:rsidRDefault="00AF6DB4" w:rsidP="4B179A24">
       <w:pPr>
-        <w:pStyle w:val="Textonotapie"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4B179A24">
         <w:rPr>
-          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidR="4B179A24" w:rsidRPr="4B179A24">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="4B179A24" w:rsidRPr="4B179A24">
         <w:t>Norma que le otorga capacidad legal para firmar esta declaración</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="56131769" w14:textId="3C61957A" w:rsidR="0034349D" w:rsidRDefault="0034349D">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06B03D52" wp14:editId="322D17A8">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5774055" cy="741045"/>
               <wp:effectExtent l="0" t="0" r="17145" b="20955"/>
               <wp:wrapNone/>
               <wp:docPr id="1668860530" name="Cuadro de texto 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
@@ -1053,51 +1119,50 @@
                         <w:iCs/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                       <w:t>MEMBRETE DE ENTIDAD CORRESPONDIENTE</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00364EA6"/>
     <w:rsid w:val="000028AC"/>
@@ -1106,166 +1171,180 @@
     <w:rsid w:val="0002503B"/>
     <w:rsid w:val="00027B9E"/>
     <w:rsid w:val="0003296E"/>
     <w:rsid w:val="00040CFF"/>
     <w:rsid w:val="00046D12"/>
     <w:rsid w:val="00057A2F"/>
     <w:rsid w:val="00060636"/>
     <w:rsid w:val="000773EA"/>
     <w:rsid w:val="00081D64"/>
     <w:rsid w:val="000869C5"/>
     <w:rsid w:val="00094D18"/>
     <w:rsid w:val="000A0B75"/>
     <w:rsid w:val="000B1E42"/>
     <w:rsid w:val="000E75ED"/>
     <w:rsid w:val="000E7FE0"/>
     <w:rsid w:val="00130D48"/>
     <w:rsid w:val="00147E80"/>
     <w:rsid w:val="001A33F4"/>
     <w:rsid w:val="00242323"/>
     <w:rsid w:val="00250765"/>
     <w:rsid w:val="002528AF"/>
     <w:rsid w:val="00264E1B"/>
     <w:rsid w:val="002861B8"/>
     <w:rsid w:val="002A1ABF"/>
     <w:rsid w:val="002C3BE7"/>
+    <w:rsid w:val="002E07BF"/>
     <w:rsid w:val="0034349D"/>
     <w:rsid w:val="00355883"/>
     <w:rsid w:val="00364EA6"/>
     <w:rsid w:val="00381E5D"/>
     <w:rsid w:val="003C06D1"/>
     <w:rsid w:val="003F5830"/>
     <w:rsid w:val="00432223"/>
     <w:rsid w:val="00445C1C"/>
     <w:rsid w:val="00493254"/>
     <w:rsid w:val="004A09AF"/>
     <w:rsid w:val="004B3C38"/>
+    <w:rsid w:val="004B697F"/>
+    <w:rsid w:val="004C0483"/>
     <w:rsid w:val="00506A7D"/>
     <w:rsid w:val="00516F6C"/>
     <w:rsid w:val="00550C79"/>
     <w:rsid w:val="005663F8"/>
     <w:rsid w:val="005908CD"/>
     <w:rsid w:val="00594789"/>
     <w:rsid w:val="005A6C38"/>
     <w:rsid w:val="005C65D7"/>
+    <w:rsid w:val="006116A0"/>
+    <w:rsid w:val="00627366"/>
     <w:rsid w:val="006328C0"/>
+    <w:rsid w:val="00655D40"/>
     <w:rsid w:val="006A2CF4"/>
     <w:rsid w:val="0071658A"/>
     <w:rsid w:val="0071687C"/>
     <w:rsid w:val="00741DF1"/>
     <w:rsid w:val="00747DCD"/>
     <w:rsid w:val="00772DB2"/>
     <w:rsid w:val="007A0EB9"/>
     <w:rsid w:val="00800D8E"/>
     <w:rsid w:val="00837435"/>
     <w:rsid w:val="008473E7"/>
     <w:rsid w:val="00852960"/>
     <w:rsid w:val="008A55BD"/>
     <w:rsid w:val="009030F1"/>
     <w:rsid w:val="00905982"/>
     <w:rsid w:val="00953D22"/>
     <w:rsid w:val="00956735"/>
     <w:rsid w:val="009631AB"/>
     <w:rsid w:val="009B31E5"/>
+    <w:rsid w:val="009D651D"/>
     <w:rsid w:val="009F4A50"/>
     <w:rsid w:val="009F4B38"/>
+    <w:rsid w:val="00A37226"/>
     <w:rsid w:val="00A505AB"/>
     <w:rsid w:val="00A7259A"/>
     <w:rsid w:val="00A97A0D"/>
     <w:rsid w:val="00AB12EF"/>
     <w:rsid w:val="00AF6DB4"/>
     <w:rsid w:val="00B06643"/>
     <w:rsid w:val="00B203BC"/>
+    <w:rsid w:val="00B42613"/>
     <w:rsid w:val="00B45CAE"/>
     <w:rsid w:val="00B61B17"/>
     <w:rsid w:val="00B64647"/>
     <w:rsid w:val="00B664E7"/>
+    <w:rsid w:val="00B70F2A"/>
     <w:rsid w:val="00B8790A"/>
     <w:rsid w:val="00BA1EEF"/>
     <w:rsid w:val="00C1483D"/>
+    <w:rsid w:val="00C24D37"/>
     <w:rsid w:val="00C24D91"/>
     <w:rsid w:val="00C40320"/>
     <w:rsid w:val="00C42DAA"/>
     <w:rsid w:val="00C706A3"/>
+    <w:rsid w:val="00CD6195"/>
     <w:rsid w:val="00D21008"/>
     <w:rsid w:val="00D52338"/>
     <w:rsid w:val="00D652CB"/>
     <w:rsid w:val="00D95290"/>
+    <w:rsid w:val="00DC7D0D"/>
     <w:rsid w:val="00DE7A0F"/>
     <w:rsid w:val="00E064EA"/>
     <w:rsid w:val="00E17F94"/>
     <w:rsid w:val="00E243F0"/>
     <w:rsid w:val="00E412A4"/>
     <w:rsid w:val="00E46A64"/>
     <w:rsid w:val="00E6068D"/>
     <w:rsid w:val="00EE18DA"/>
     <w:rsid w:val="00EF2DFA"/>
     <w:rsid w:val="00F717F4"/>
     <w:rsid w:val="00F9020E"/>
     <w:rsid w:val="00FA3CE4"/>
     <w:rsid w:val="00FC4A9A"/>
+    <w:rsid w:val="00FE24EB"/>
     <w:rsid w:val="00FF2148"/>
     <w:rsid w:val="0CD99381"/>
     <w:rsid w:val="2790D91C"/>
     <w:rsid w:val="2B214222"/>
     <w:rsid w:val="3140C264"/>
     <w:rsid w:val="318663F3"/>
     <w:rsid w:val="348F1B88"/>
     <w:rsid w:val="4B179A24"/>
     <w:rsid w:val="4EB24A54"/>
     <w:rsid w:val="4FFC74B4"/>
     <w:rsid w:val="56F09BB3"/>
     <w:rsid w:val="57ED3231"/>
     <w:rsid w:val="5F0C4642"/>
     <w:rsid w:val="74D97C0C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="5A8BA98D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2BCE0042-E905-4DC5-AB96-34F2A4CB775F}"/>
+  <w15:docId w15:val="{5B6884ED-0E99-4104-A483-7B13369DCD98}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1626,775 +1705,775 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo1Car"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo2Car"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo3Car"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo4Car"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo5Car"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo6Car"/>
+    <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo7Car"/>
+    <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo8">
+  <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo8Car"/>
+    <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo9Car"/>
+    <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00364EA6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00364EA6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00364EA6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00364EA6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00364EA6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00364EA6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00364EA6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00364EA6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00364EA6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TtuloCar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloCar">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00364EA6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subttulo">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="SubttuloCar"/>
+    <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubttuloCar">
-[...2 lines deleted...]
-    <w:link w:val="Subttulo"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00364EA6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Cita">
+  <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="CitaCar"/>
+    <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CitaCar">
-[...2 lines deleted...]
-    <w:link w:val="Cita"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00364EA6"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="nfasisintenso">
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Citadestacada">
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="CitadestacadaCar"/>
+    <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CitadestacadaCar">
-[...2 lines deleted...]
-    <w:link w:val="Citadestacada"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00364EA6"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Referenciaintensa">
+  <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00364EA6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Refdecomentario">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005663F8"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textocomentario">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextocomentarioCar"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005663F8"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
-[...2 lines deleted...]
-    <w:link w:val="Textocomentario"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005663F8"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Textocomentario"/>
-[...1 lines deleted...]
-    <w:link w:val="AsuntodelcomentarioCar"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005663F8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
-[...2 lines deleted...]
-    <w:link w:val="Asuntodelcomentario"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005663F8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="005663F8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextoindependienteCar"/>
+    <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00747DCD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
-[...2 lines deleted...]
-    <w:link w:val="Textoindependiente"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00747DCD"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textonotapie">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextonotapieCar"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF6DB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextonotapieCar">
-[...2 lines deleted...]
-    <w:link w:val="Textonotapie"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AF6DB4"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Refdenotaalpie">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF6DB4"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Encabezado">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="EncabezadoCar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0034349D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
-[...2 lines deleted...]
-    <w:link w:val="Encabezado"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0034349D"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Piedepgina">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="PiedepginaCar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0034349D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
-[...2 lines deleted...]
-    <w:link w:val="Piedepgina"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0034349D"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revisin">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009030F1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
@@ -2682,72 +2761,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d99f44ff-43c4-4920-9d4a-00ebf0b94644" xmlns:ns3="e049755f-6f28-46c9-a6d6-96c3edf2dd1e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ebd733550cab7fca71de9597ae035bf4" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F785E928B427BB4C9E5B806265DE74F1" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e72f27f3fc3bfa20f570bf85449274">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d99f44ff-43c4-4920-9d4a-00ebf0b94644" xmlns:ns3="e049755f-6f28-46c9-a6d6-96c3edf2dd1e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="86185689f1ebafd5ee589c342206bacc" ns2:_="" ns3:_="">
     <xsd:import namespace="d99f44ff-43c4-4920-9d4a-00ebf0b94644"/>
     <xsd:import namespace="e049755f-6f28-46c9-a6d6-96c3edf2dd1e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -2942,88 +3001,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="d99f44ff-43c4-4920-9d4a-00ebf0b94644" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e049755f-6f28-46c9-a6d6-96c3edf2dd1e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68B577DE-09C6-4405-8730-896C5CF07B6E}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FBD30F7-D986-4A24-A9B1-D2B6E9D9F0EC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d99f44ff-43c4-4920-9d4a-00ebf0b94644"/>
     <ds:schemaRef ds:uri="e049755f-6f28-46c9-a6d6-96c3edf2dd1e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47BE6BF9-3018-4649-9EF6-1DB7DA286151}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>176</Words>
-  <Characters>974</Characters>
+  <Words>172</Words>
+  <Characters>986</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1148</CharactersWithSpaces>
+  <CharactersWithSpaces>1156</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sánchez Sánchez Paloma</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F785E928B427BB4C9E5B806265DE74F1</vt:lpwstr>
   </property>